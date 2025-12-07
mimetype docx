--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -14,403 +14,314 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="097B3FC4" w14:textId="77777777" w:rsidR="009C3FAC" w:rsidRPr="007118DB" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007118DB">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>City, Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67BACCB6" w14:textId="77777777" w:rsidR="009C3FAC" w:rsidRPr="009C3FAC" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC"/>
-    <w:p w14:paraId="71399118" w14:textId="77777777" w:rsidR="009C3FAC" w:rsidRPr="009C3FAC" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="71399118" w14:textId="77777777" w:rsidR="009C3FAC" w:rsidRPr="00482A6A" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC">
+      <w:r w:rsidRPr="00482A6A">
         <w:t xml:space="preserve">Dear Editor </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29AEEFCC" w14:textId="1879B2AF" w:rsidR="009C3FAC" w:rsidRPr="001E06DD" w:rsidRDefault="001E06DD" w:rsidP="009C3FAC">
-[...20 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="2525927D" w14:textId="488036A3" w:rsidR="009C3FAC" w:rsidRPr="00482A6A" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC">
+      <w:pPr>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES"/>
-[...6 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES"/>
-[...7 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>Journal Saber Ser</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584A05A3" w14:textId="03D53381" w:rsidR="009C3FAC" w:rsidRPr="00482A6A" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC">
+      <w:r w:rsidRPr="00482A6A">
+        <w:t>Adventist University Corporation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4B5927" w14:textId="77777777" w:rsidR="009C3FAC" w:rsidRPr="00482A6A" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC"/>
+    <w:p w14:paraId="2C805952" w14:textId="77777777" w:rsidR="00482A6A" w:rsidRPr="00482A6A" w:rsidRDefault="00482A6A" w:rsidP="00482A6A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>(we)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>[full name(s) of author(s)]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>, author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the article titled “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>[title of the article]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>”, hereby declare that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52EF6838" w14:textId="77777777" w:rsidR="00482A6A" w:rsidRPr="00482A6A" w:rsidRDefault="00482A6A" w:rsidP="00482A6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>The manuscript is an original and unpublished work that has not been submitted for evaluation or publication elsewhere.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="457E067C" w14:textId="77777777" w:rsidR="00482A6A" w:rsidRPr="00482A6A" w:rsidRDefault="00482A6A" w:rsidP="00482A6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>(we)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hold the copyright and assume full responsibility for the content of the article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECB8A3B" w14:textId="77777777" w:rsidR="00482A6A" w:rsidRPr="00482A6A" w:rsidRDefault="00482A6A" w:rsidP="00482A6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>(we)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorize the Adventist University Corporation to carry out the review, copy-editing, translation, layout, XML markup, and publication of the work, and to make it publicly available under the Creative Commons Attribution 4.0 International License (CC BY 4.0).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3182C257" w14:textId="77777777" w:rsidR="00482A6A" w:rsidRPr="00482A6A" w:rsidRDefault="00482A6A" w:rsidP="00482A6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>This authorization constitutes a non-exclusive license of use, without any transfer of economic rights, and without royalties or financial compensation of any kind.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00665355" w14:textId="77777777" w:rsidR="00482A6A" w:rsidRPr="00482A6A" w:rsidRDefault="00482A6A" w:rsidP="00482A6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>The author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> retain their moral and intellectual rights and agree to acknowledge </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Saber Ser</w:t>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t>Saber Ser</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00482A6A">
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Journal as the site of first publication in any subsequent dissemination or reuse of the work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="584A05A3" w14:textId="03D53381" w:rsidR="009C3FAC" w:rsidRPr="009C3FAC" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC">
-[...12 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="18F5BBE7" w14:textId="20EB2860" w:rsidR="009C3FAC" w:rsidRPr="00482A6A" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CO"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E4B5927" w14:textId="77777777" w:rsidR="009C3FAC" w:rsidRPr="009C3FAC" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC"/>
-[...242 lines deleted...]
-    <w:p w14:paraId="18F5BBE7" w14:textId="20EB2860" w:rsidR="009C3FAC" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="3691"/>
         <w:gridCol w:w="3397"/>
         <w:gridCol w:w="1745"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AC5BF4" w14:paraId="2C4BCE29" w14:textId="77777777" w:rsidTr="00AC5BF4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5363BB01" w14:textId="1BDE4A50" w:rsidR="00AC5BF4" w:rsidRDefault="00AC5BF4" w:rsidP="009C3FAC">
             <w:bookmarkStart w:id="0" w:name="_Hlk156236345"/>
-            <w:bookmarkStart w:id="1" w:name="OLE_LINK7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3691" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="340A035C" w14:textId="68D883D2" w:rsidR="00AC5BF4" w:rsidRPr="00AC5BF4" w:rsidRDefault="00AC5BF4" w:rsidP="00AC5BF4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC5BF4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Full Name</w:t>
             </w:r>
           </w:p>
@@ -711,51 +622,50 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43E5F7F1" w14:textId="77777777" w:rsidR="00AC5BF4" w:rsidRDefault="00AC5BF4" w:rsidP="00AC5BF4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6865BEC0" w14:textId="77777777" w:rsidR="00AC5BF4" w:rsidRDefault="00AC5BF4" w:rsidP="00AC5BF4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="641BBCF4" w14:textId="77777777" w:rsidR="00AC5BF4" w:rsidRPr="009C3FAC" w:rsidRDefault="00AC5BF4" w:rsidP="009C3FAC"/>
     <w:p w14:paraId="26364784" w14:textId="77777777" w:rsidR="009C3FAC" w:rsidRPr="007118DB" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007118DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B624815" w14:textId="77777777" w:rsidR="009C3FAC" w:rsidRPr="00AC5BF4" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
@@ -772,75 +682,69 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5473F8C9" w14:textId="4171697F" w:rsidR="009C3FAC" w:rsidRPr="00AC5BF4" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC5BF4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Select and unify the </w:t>
       </w:r>
       <w:r w:rsidR="00AC5BF4" w:rsidRPr="00AC5BF4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>appropriate</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk156235990"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="OLE_LINK4"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk156235990"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk156235949"/>
       <w:r w:rsidR="00AC5BF4" w:rsidRPr="00AC5BF4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="_Hlk156235856"/>
-      <w:bookmarkStart w:id="7" w:name="OLE_LINK3"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk156235856"/>
       <w:r w:rsidRPr="00AC5BF4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">plural and singular </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="1A87FA7B" w14:textId="3A87ACAC" w:rsidR="00244898" w:rsidRPr="007118DB" w:rsidRDefault="009C3FAC" w:rsidP="009C3FAC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC5BF4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Add and</w:t>
       </w:r>
       <w:r w:rsidR="006952E0" w:rsidRPr="00AC5BF4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>/or</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC5BF4">
         <w:rPr>
@@ -918,50 +822,163 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04E8577D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1C12274C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DC61D19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="165C15B4"/>
     <w:lvl w:ilvl="0" w:tplc="240A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1030,51 +1047,51 @@
     <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D5172B3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="15EC6570"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -1143,51 +1160,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52123CA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9294E23E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -1256,51 +1273,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52DB70F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0A0C600"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -1369,51 +1386,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E290601"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25F6991C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -1483,91 +1500,96 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1790707709">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1412660010">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="473908657">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2089033934">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="473908657">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="5" w16cid:durableId="1539394503">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2089033934">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="6" w16cid:durableId="170293564">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+  <w:zoom w:percent="159"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F05F8"/>
     <w:rsid w:val="000416D9"/>
     <w:rsid w:val="001E06DD"/>
+    <w:rsid w:val="00203046"/>
     <w:rsid w:val="00244898"/>
     <w:rsid w:val="00370D30"/>
     <w:rsid w:val="003D002E"/>
     <w:rsid w:val="003F05F8"/>
     <w:rsid w:val="003F17FB"/>
+    <w:rsid w:val="00482A6A"/>
     <w:rsid w:val="004C74B2"/>
     <w:rsid w:val="00555052"/>
     <w:rsid w:val="005F2AE9"/>
     <w:rsid w:val="005F38CF"/>
     <w:rsid w:val="005F6565"/>
     <w:rsid w:val="00683C73"/>
     <w:rsid w:val="006952E0"/>
     <w:rsid w:val="006E05A8"/>
     <w:rsid w:val="007118DB"/>
     <w:rsid w:val="008931A6"/>
     <w:rsid w:val="00912715"/>
     <w:rsid w:val="00927440"/>
     <w:rsid w:val="009C3FAC"/>
     <w:rsid w:val="00A12428"/>
     <w:rsid w:val="00AC5BF4"/>
     <w:rsid w:val="00B2449F"/>
     <w:rsid w:val="00B9263F"/>
     <w:rsid w:val="00BC2991"/>
     <w:rsid w:val="00BD0E65"/>
     <w:rsid w:val="00C74E24"/>
     <w:rsid w:val="00CA1DF5"/>
     <w:rsid w:val="00D9722B"/>
     <w:rsid w:val="00DB5543"/>
     <w:rsid w:val="00FF475D"/>
   </w:rsids>
@@ -1986,51 +2008,50 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009C3FAC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -2375,76 +2396,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>282</Words>
-  <Characters>1611</Characters>
+  <Words>197</Words>
+  <Characters>1125</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1890</CharactersWithSpaces>
+  <CharactersWithSpaces>1320</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DIRPUBLICACIONES</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>